--- v0 (2025-11-09)
+++ v1 (2026-01-07)
@@ -1,106 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0ECBB7C8" w14:textId="2475439D" w:rsidR="12860FD0" w:rsidRPr="003813E7" w:rsidRDefault="003813E7" w:rsidP="0A41A91A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="001C3D"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="001C3D"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:lang w:eastAsia="en-GB" w:bidi="he-IL"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04B4DB61" wp14:editId="35D73FBF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04B4DB61" wp14:editId="5977EEAD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4309110</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>54610</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1284605" cy="1284605"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1123293502" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1123293502" name="Picture 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1284605" cy="1284605"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -111,275 +109,276 @@
         </w:drawing>
       </w:r>
       <w:r w:rsidR="12860FD0" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="001C3D"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t xml:space="preserve">UM Education Days </w:t>
       </w:r>
       <w:r w:rsidR="12860FD0" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00A2DB"/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F908669" w14:textId="590297EB" w:rsidR="00833F2B" w:rsidRPr="003813E7" w:rsidRDefault="00731D25" w:rsidP="00731D25">
+    <w:p w14:paraId="0F179F2F" w14:textId="464EE674" w:rsidR="005669F6" w:rsidRDefault="005669F6" w:rsidP="33BE6609">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="001C3D"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="33BE6609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="40"/>
             <w:szCs w:val="40"/>
           </w:rPr>
-          <w:t>Send us</w:t>
-[...10 lines deleted...]
-          <w:t xml:space="preserve"> your idea for a session</w:t>
+          <w:t>Tell us about your idea for a session</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="29395FDA" w:rsidRPr="33BE6609">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="001C3D"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>!</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27643A87" w14:textId="42B21AD2" w:rsidR="33BE6609" w:rsidRDefault="33BE6609" w:rsidP="33BE6609">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0977664D" w:rsidRPr="33BE6609">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Please note that the workshop sessions this year will have a length of 75 minutes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796862FD" w14:textId="0A97BEBD" w:rsidR="33BE6609" w:rsidRDefault="33BE6609" w:rsidP="33BE6609">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49493660" w14:textId="7974D7F5" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="7CEE88CA" w:rsidP="003813E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Title </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352596D7" w14:textId="37CA95A9" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="761AE1B4" w:rsidP="00916269">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003813E7">
+    <w:p w14:paraId="352596D7" w14:textId="387F6EA6" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="761AE1B4" w:rsidP="00916269">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">An informative and catchy </w:t>
       </w:r>
-      <w:r w:rsidR="20ADCF1B" w:rsidRPr="003813E7">
+      <w:r w:rsidR="20ADCF1B" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">title </w:t>
       </w:r>
-      <w:r w:rsidR="467444D7" w:rsidRPr="003813E7">
+      <w:r w:rsidR="467444D7" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">will make people curious to attend your session. </w:t>
       </w:r>
-      <w:r w:rsidR="00731D25">
-[...11 lines deleted...]
-      <w:r w:rsidR="15E5F93F" w:rsidRPr="003813E7">
+      <w:r w:rsidR="0CD560D2" w:rsidRPr="1F64B8F3">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Compelling titles not only tell participants what the session will be </w:t>
+      </w:r>
+      <w:r w:rsidR="15E5F93F" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">about, they </w:t>
       </w:r>
-      <w:r w:rsidR="0CD560D2" w:rsidRPr="003813E7">
+      <w:r w:rsidR="0CD560D2" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>also capture why</w:t>
       </w:r>
-      <w:r w:rsidR="20ADCF1B" w:rsidRPr="003813E7">
+      <w:r w:rsidR="20ADCF1B" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6450E4CB" w:rsidRPr="003813E7">
+      <w:r w:rsidR="6450E4CB" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>they should choose yours!</w:t>
       </w:r>
-      <w:r w:rsidR="6F2908AF" w:rsidRPr="003813E7">
+      <w:r w:rsidR="6F2908AF" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="6F2908AF" w:rsidRPr="003813E7">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="6F2908AF" w:rsidRPr="1F64B8F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           </w:rPr>
           <w:t xml:space="preserve">Need </w:t>
         </w:r>
-        <w:r w:rsidR="43F7FBDC" w:rsidRPr="003813E7">
+        <w:r w:rsidR="43F7FBDC" w:rsidRPr="1F64B8F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           </w:rPr>
           <w:t>inspiration? Check last year</w:t>
         </w:r>
-        <w:r w:rsidR="00FC1737" w:rsidRPr="003813E7">
+        <w:r w:rsidR="00FC1737" w:rsidRPr="1F64B8F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
-        <w:r w:rsidR="43F7FBDC" w:rsidRPr="003813E7">
+        <w:r w:rsidR="43F7FBDC" w:rsidRPr="1F64B8F3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           </w:rPr>
           <w:t>s abstracts.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00653399" w:rsidRPr="003813E7">
+      <w:r w:rsidR="00653399" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="72257706" w:rsidRPr="003813E7">
+      <w:r w:rsidR="72257706" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">You can change the title of your session until </w:t>
       </w:r>
-      <w:r w:rsidR="340D2A8D" w:rsidRPr="003813E7">
+      <w:r w:rsidR="340D2A8D" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
-      <w:r w:rsidR="72257706" w:rsidRPr="003813E7">
+      <w:r w:rsidR="72257706" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="7A2D1034" w:rsidRPr="003813E7">
+      <w:r w:rsidR="7A2D1034" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>03</w:t>
       </w:r>
-      <w:r w:rsidR="72257706" w:rsidRPr="003813E7">
+      <w:r w:rsidR="72257706" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="0C37ABE6" w:rsidRPr="003813E7">
+      <w:r w:rsidR="0C37ABE6" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="72257706" w:rsidRPr="003813E7">
+      <w:r w:rsidR="72257706" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB7A254" w14:textId="56247F9E" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="49B444E6" w:rsidP="36A7A6DE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>The title of your session:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8870AB" w14:textId="5E617C30" w:rsidR="18FD6442" w:rsidRPr="003813E7" w:rsidRDefault="18FD6442" w:rsidP="18FD6442">
       <w:pPr>
@@ -440,163 +439,169 @@
       <w:r w:rsidR="552A5048" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">about your </w:t>
       </w:r>
       <w:r w:rsidR="78DE48F9" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">formal role and </w:t>
       </w:r>
       <w:r w:rsidR="552A5048" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>connection with teaching and learning</w:t>
       </w:r>
       <w:r w:rsidR="0028786C" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DD2897" w14:textId="71DC3534" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="00CD45F2" w:rsidP="00916269">
-[...5 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="68DD2897" w14:textId="56DED28F" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="00CD45F2" w:rsidP="00916269">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">A note on </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7363B">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>co-creation</w:t>
       </w:r>
       <w:r w:rsidR="44C83D07" w:rsidRPr="00B7363B">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3DED4B3A" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="0AB56BCE" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>or sessions for the UM Education days, we encourage co-creation of sessions</w:t>
       </w:r>
       <w:r w:rsidR="345C8762" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0AB56BCE" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> between staff </w:t>
       </w:r>
       <w:r w:rsidR="231EB88F" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve">from various faculties and central units, and between staff </w:t>
       </w:r>
       <w:r w:rsidR="0AB56BCE" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>and students. If you are staff, students are the ultimate beneficiaries of your ideas and practices. We encourage you to explore how they can provide essential insights in the form of feedback and reflection</w:t>
       </w:r>
-      <w:r w:rsidR="00731D25">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="3AA32C2C" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0AB56BCE" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>and ideas for design.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46297275" w14:textId="6F8792B1" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="00362546" w:rsidP="00916269">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003813E7">
+      <w:r w:rsidRPr="79684CFF">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>We also encourage s</w:t>
       </w:r>
-      <w:r w:rsidR="00916269" w:rsidRPr="003813E7">
+      <w:r w:rsidR="00916269" w:rsidRPr="79684CFF">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>tudents to take the lead on developing sessions – and here as well, we encourage co-creation, connecting the perspectives and creativity of students and staff.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="36F4775B" w14:textId="08DB53E7" w:rsidR="79684CFF" w:rsidRDefault="79684CFF" w:rsidP="79684CFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15DC212F" w14:textId="683BEEFE" w:rsidR="79684CFF" w:rsidRDefault="79684CFF" w:rsidP="79684CFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9015" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2315"/>
         <w:gridCol w:w="2154"/>
         <w:gridCol w:w="2273"/>
         <w:gridCol w:w="2273"/>
       </w:tblGrid>
       <w:tr w:rsidR="00916269" w:rsidRPr="003813E7" w14:paraId="684F9563" w14:textId="77777777" w:rsidTr="003813E7">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1072,50 +1077,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FB075BA" w14:textId="39C9B19E" w:rsidR="007309DF" w:rsidRPr="003813E7" w:rsidRDefault="12EB501A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Which three to five words capture the essence of what your session is about? Try to be specific – which words should grab the attention of the participants at the UM Education Days, and </w:t>
       </w:r>
       <w:r w:rsidR="021858DC" w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>pique</w:t>
       </w:r>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> their interest in your session?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44068264" w14:textId="57A87FAB" w:rsidR="007309DF" w:rsidRPr="003813E7" w:rsidRDefault="4CA48313" w:rsidP="18FD6442">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
@@ -1149,99 +1155,99 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Engaging your participants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FCBBB72" w14:textId="27F210AA" w:rsidR="1F12D29F" w:rsidRPr="003813E7" w:rsidRDefault="2B7542B5" w:rsidP="35CBA5E7">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003813E7">
+    <w:p w14:paraId="0FCBBB72" w14:textId="1974E0AE" w:rsidR="1F12D29F" w:rsidRPr="003813E7" w:rsidRDefault="2B7542B5" w:rsidP="35CBA5E7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>Sharing expertise and enthusiasm can be done in all kinds of ways. A story well told can be as inspiring as</w:t>
       </w:r>
-      <w:r w:rsidR="748BC874" w:rsidRPr="003813E7">
+      <w:r w:rsidR="748BC874" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> an engaging activity. </w:t>
       </w:r>
-      <w:r w:rsidR="1A21619F" w:rsidRPr="003813E7">
+      <w:r w:rsidR="1A21619F" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>That said, i</w:t>
       </w:r>
-      <w:r w:rsidR="748BC874" w:rsidRPr="003813E7">
+      <w:r w:rsidR="748BC874" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>t fits the culture of the UM Education Days if participants can play an active role in sessions</w:t>
       </w:r>
-      <w:r w:rsidR="1950E93B" w:rsidRPr="003813E7">
+      <w:r w:rsidR="1950E93B" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>. How will you engage your participants, what they do</w:t>
       </w:r>
-      <w:r w:rsidR="00731D25">
+      <w:r w:rsidR="5C36D834" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="1950E93B" w:rsidRPr="003813E7">
+      <w:r w:rsidR="1950E93B" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> discuss, experiment, experience or explore your topic?</w:t>
       </w:r>
-      <w:r w:rsidR="748BC874" w:rsidRPr="003813E7">
+      <w:r w:rsidR="748BC874" w:rsidRPr="1F64B8F3">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E5F14D" w14:textId="7984E7F2" w:rsidR="6219E044" w:rsidRPr="003813E7" w:rsidRDefault="6219E044" w:rsidP="18FD6442">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>How you will engage your participants:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F14B3E2" w14:textId="1390F585" w:rsidR="18FD6442" w:rsidRPr="003813E7" w:rsidRDefault="18FD6442" w:rsidP="18FD6442">
       <w:pPr>
@@ -1272,147 +1278,123 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="348EEA41" w14:textId="2D03D13F" w:rsidR="00916269" w:rsidRPr="003813E7" w:rsidRDefault="00916269" w:rsidP="00F966A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Take-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Take-aways</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EA25D3" w14:textId="7A6472BB" w:rsidR="007309DF" w:rsidRPr="003813E7" w:rsidRDefault="00CD45F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What will participants in your session take with them as they go back to work and studies? This can be a very concrete practice, or a new perspective on aspects of teaching and learning, inspiration to develop </w:t>
+      </w:r>
+      <w:r w:rsidR="5004F7CD" w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t>a novel approach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Think of your take-aways as a ‘call for action’: what do you hope </w:t>
+      </w:r>
+      <w:r w:rsidR="21D10440" w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t>participants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will </w:t>
+      </w:r>
+      <w:r w:rsidR="2F087086" w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="21D10440" w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t>because of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003813E7">
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your session?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1AD7F3" w14:textId="4580A630" w:rsidR="2461F372" w:rsidRPr="003813E7" w:rsidRDefault="2461F372" w:rsidP="18FD6442">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
-        <w:rPr>
-[...60 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>The (main) takeaways of your session:</w:t>
+        <w:t>The (main) take-aways of your session:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABDB202" w14:textId="585B59FD" w:rsidR="18FD6442" w:rsidRPr="003813E7" w:rsidRDefault="18FD6442" w:rsidP="18FD6442">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5381D5EF" w14:textId="7F96E1C7" w:rsidR="18FD6442" w:rsidRPr="003813E7" w:rsidRDefault="18FD6442" w:rsidP="18FD6442">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C2EC6F3" w14:textId="6088A620" w:rsidR="18FD6442" w:rsidRPr="003813E7" w:rsidRDefault="18FD6442" w:rsidP="18FD6442">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3689A1BC" w14:textId="4D4A13A5" w:rsidR="18FD6442" w:rsidRPr="003813E7" w:rsidRDefault="18FD6442" w:rsidP="18FD6442">
       <w:pPr>
@@ -1533,435 +1515,414 @@
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>We suggest you address the following items in your teaser:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C8670C" w14:textId="73342987" w:rsidR="528583A7" w:rsidRPr="003813E7" w:rsidRDefault="528583A7" w:rsidP="00F966A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">1. What is the topic of the session? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39181BE1" w14:textId="0D22662C" w:rsidR="528583A7" w:rsidRPr="003813E7" w:rsidRDefault="00731D25" w:rsidP="00731D25">
+    <w:p w14:paraId="39181BE1" w14:textId="4D0D8C4C" w:rsidR="528583A7" w:rsidRPr="003813E7" w:rsidRDefault="528583A7" w:rsidP="00F966A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2. Why is this topic relevant,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="528583A7" w:rsidRPr="003813E7">
+        <w:t>2. Why is this topic relevant, why does it matter?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE40C90" w14:textId="55898748" w:rsidR="528583A7" w:rsidRPr="003813E7" w:rsidRDefault="528583A7" w:rsidP="00F966A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> why does it matter?</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003813E7">
+        <w:t>2. What will happen during the session?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4646B801" w14:textId="7D444E8C" w:rsidR="528583A7" w:rsidRPr="003813E7" w:rsidRDefault="50531AA3" w:rsidP="00F966A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2. What will happen during the session?</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>3. What will participants gain from attending the session?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11332B97" w14:textId="11BD5BD2" w:rsidR="18FD6442" w:rsidRPr="003813E7" w:rsidRDefault="18FD6442" w:rsidP="18FD6442">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4949A778" w14:textId="08587C3A" w:rsidR="007309DF" w:rsidRPr="003813E7" w:rsidRDefault="7CF728A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003813E7">
         <w:rPr>
           <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice"/>
-          <w:i/>
-[...21 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Your session teaser:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007309DF" w:rsidRPr="003813E7" w:rsidSect="003813E7">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E6ED47C" w14:textId="77777777" w:rsidR="00E843E8" w:rsidRDefault="00E843E8" w:rsidP="005669F6">
+    <w:p w14:paraId="019974BF" w14:textId="77777777" w:rsidR="00B35D14" w:rsidRDefault="00B35D14" w:rsidP="005669F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0170D76B" w14:textId="77777777" w:rsidR="00E843E8" w:rsidRDefault="00E843E8" w:rsidP="005669F6">
+    <w:p w14:paraId="34A200C5" w14:textId="77777777" w:rsidR="00B35D14" w:rsidRDefault="00B35D14" w:rsidP="005669F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{AE59F08E-0A6C-45D6-B3D1-3520D66370B1}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{B7F6746D-4D4F-4621-AE97-7DFCF8405A18}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{F83B3576-9852-41B9-A89A-0F8FC87ADEA1}"/>
+    <w:embedItalic r:id="rId2" w:fontKey="{275A5BDB-9280-465C-B505-4BB8373FABA4}"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{856D78A0-0BC0-4BD9-A115-A7A7D092D87A}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{10DE298D-5E17-41E8-AC74-CC0D97FEF8C7}"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="TheSansOffice">
-    <w:panose1 w:val="020B0502050302020203"/>
-    <w:charset w:val="00"/>
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000EF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{855B0C72-6978-4753-951A-5588A3088090}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId9" w:fontKey="{BDB6B1D5-EED2-4047-A1E7-2BA24695DC40}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67E22F4D" w14:textId="77777777" w:rsidR="00E843E8" w:rsidRDefault="00E843E8" w:rsidP="005669F6">
+    <w:p w14:paraId="20781F1E" w14:textId="77777777" w:rsidR="00B35D14" w:rsidRDefault="00B35D14" w:rsidP="005669F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="330ED830" w14:textId="77777777" w:rsidR="00E843E8" w:rsidRDefault="00E843E8" w:rsidP="005669F6">
+    <w:p w14:paraId="504F43A0" w14:textId="77777777" w:rsidR="00B35D14" w:rsidRDefault="00B35D14" w:rsidP="005669F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="2A49C0DC" w14:textId="44D0BE69" w:rsidR="003813E7" w:rsidRDefault="00E843E8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2A49C0DC" w14:textId="44D0BE69" w:rsidR="003813E7" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="59A8F273">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark1097509260" o:spid="_x0000_s2051" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:640pt;height:905.25pt;z-index:-251653120;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark1097509260" o:spid="_x0000_s1027" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:640pt;height:905.25pt;z-index:-251653120;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="EDUDAYS BG"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="2E3A9A7D" w14:textId="4D1D8338" w:rsidR="003813E7" w:rsidRDefault="00E843E8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E3A9A7D" w14:textId="4D1D8338" w:rsidR="003813E7" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="18548FD7">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark1097509261" o:spid="_x0000_s2050" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:640pt;height:905.25pt;z-index:-251650048;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark1097509261" o:spid="_x0000_s1026" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:640pt;height:905.25pt;z-index:-251650048;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="EDUDAYS BG"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r w:rsidR="003813E7" w:rsidRPr="003813E7">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-GB" w:bidi="he-IL"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13017FDB" wp14:editId="50FA8543">
           <wp:extent cx="5707626" cy="379664"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="1564498191" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1564498191" name="Picture 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6366835" cy="423514"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="0E6017B0" w14:textId="57D08E54" w:rsidR="003813E7" w:rsidRDefault="00E843E8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E6017B0" w14:textId="57D08E54" w:rsidR="003813E7" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="71E61E33">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark1097509259" o:spid="_x0000_s2049" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:640pt;height:905.25pt;z-index:-251656192;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
+        <v:shape id="WordPictureWatermark1097509259" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:640pt;height:905.25pt;z-index:-251656192;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="EDUDAYS BG"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="128D6460"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4B2B4DE"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
@@ -2006,442 +1967,707 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2083748643">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="91"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:hideSpellingErrors/>
-  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00833F2B"/>
     <w:rsid w:val="00006E5F"/>
+    <w:rsid w:val="00015169"/>
+    <w:rsid w:val="00021A64"/>
     <w:rsid w:val="001053B4"/>
     <w:rsid w:val="00130551"/>
     <w:rsid w:val="00145525"/>
     <w:rsid w:val="00177FF6"/>
+    <w:rsid w:val="00183E06"/>
     <w:rsid w:val="002170FF"/>
     <w:rsid w:val="00222EEE"/>
     <w:rsid w:val="0028786C"/>
     <w:rsid w:val="00291994"/>
     <w:rsid w:val="003422FB"/>
     <w:rsid w:val="00342A76"/>
     <w:rsid w:val="00362546"/>
     <w:rsid w:val="0037695C"/>
     <w:rsid w:val="003813E7"/>
     <w:rsid w:val="003E65B5"/>
     <w:rsid w:val="004E0269"/>
     <w:rsid w:val="004F45FA"/>
     <w:rsid w:val="004F4D99"/>
     <w:rsid w:val="004F6EE4"/>
     <w:rsid w:val="00530D90"/>
     <w:rsid w:val="005669F6"/>
     <w:rsid w:val="00567BA5"/>
     <w:rsid w:val="005725DB"/>
     <w:rsid w:val="005777BF"/>
     <w:rsid w:val="005F6820"/>
     <w:rsid w:val="0060081B"/>
     <w:rsid w:val="00614B8F"/>
     <w:rsid w:val="0064452D"/>
     <w:rsid w:val="00653399"/>
     <w:rsid w:val="007207EF"/>
     <w:rsid w:val="007309DF"/>
-    <w:rsid w:val="00731D25"/>
     <w:rsid w:val="007D40DF"/>
     <w:rsid w:val="007E00E8"/>
     <w:rsid w:val="007E3CCC"/>
     <w:rsid w:val="00820887"/>
     <w:rsid w:val="008275E5"/>
     <w:rsid w:val="00833F2B"/>
     <w:rsid w:val="0086153E"/>
     <w:rsid w:val="00890617"/>
     <w:rsid w:val="008920D6"/>
     <w:rsid w:val="008A42DE"/>
+    <w:rsid w:val="008A781B"/>
     <w:rsid w:val="008B1F23"/>
     <w:rsid w:val="00916269"/>
     <w:rsid w:val="009834E7"/>
     <w:rsid w:val="009A0CDB"/>
     <w:rsid w:val="009F07C3"/>
     <w:rsid w:val="009F1EC3"/>
     <w:rsid w:val="00A83106"/>
     <w:rsid w:val="00B139D2"/>
+    <w:rsid w:val="00B35D14"/>
     <w:rsid w:val="00B656AE"/>
     <w:rsid w:val="00B7363B"/>
     <w:rsid w:val="00BB66B9"/>
     <w:rsid w:val="00C01FB2"/>
     <w:rsid w:val="00CD45F2"/>
     <w:rsid w:val="00D71A21"/>
     <w:rsid w:val="00E30C12"/>
-    <w:rsid w:val="00E843E8"/>
     <w:rsid w:val="00F9130E"/>
     <w:rsid w:val="00F966A3"/>
     <w:rsid w:val="00FC1737"/>
+    <w:rsid w:val="00FD1223"/>
     <w:rsid w:val="021858DC"/>
     <w:rsid w:val="02F82683"/>
+    <w:rsid w:val="044C36E4"/>
     <w:rsid w:val="070A203D"/>
+    <w:rsid w:val="0977664D"/>
     <w:rsid w:val="0A41A91A"/>
     <w:rsid w:val="0A822E35"/>
     <w:rsid w:val="0AB56BCE"/>
     <w:rsid w:val="0BA0F760"/>
     <w:rsid w:val="0BE5E003"/>
     <w:rsid w:val="0C37ABE6"/>
     <w:rsid w:val="0CD560D2"/>
     <w:rsid w:val="0CE73B3F"/>
     <w:rsid w:val="0E0745A6"/>
     <w:rsid w:val="12860FD0"/>
+    <w:rsid w:val="12C8A00C"/>
     <w:rsid w:val="12EB501A"/>
     <w:rsid w:val="13345947"/>
+    <w:rsid w:val="141A3912"/>
     <w:rsid w:val="15E5F93F"/>
     <w:rsid w:val="16A41FA8"/>
     <w:rsid w:val="18FD6442"/>
     <w:rsid w:val="1920E1C5"/>
     <w:rsid w:val="1950E93B"/>
     <w:rsid w:val="197D2E22"/>
+    <w:rsid w:val="198CC2A2"/>
     <w:rsid w:val="1A21619F"/>
     <w:rsid w:val="1AC0D33C"/>
     <w:rsid w:val="1CA9F25F"/>
     <w:rsid w:val="1CB8972F"/>
     <w:rsid w:val="1CDE8B22"/>
+    <w:rsid w:val="1D19BB23"/>
     <w:rsid w:val="1D4B6BDD"/>
     <w:rsid w:val="1D778744"/>
     <w:rsid w:val="1ECE12B7"/>
     <w:rsid w:val="1F12D29F"/>
+    <w:rsid w:val="1F64B8F3"/>
+    <w:rsid w:val="1FDF95B1"/>
     <w:rsid w:val="20ADCF1B"/>
     <w:rsid w:val="21D10440"/>
     <w:rsid w:val="21F5498C"/>
     <w:rsid w:val="231EB88F"/>
+    <w:rsid w:val="23EFE773"/>
     <w:rsid w:val="2461F372"/>
+    <w:rsid w:val="2471EF07"/>
     <w:rsid w:val="24CB0A13"/>
     <w:rsid w:val="279314F2"/>
     <w:rsid w:val="27AD880D"/>
+    <w:rsid w:val="28263F07"/>
     <w:rsid w:val="288BEE66"/>
+    <w:rsid w:val="29395FDA"/>
     <w:rsid w:val="2B7542B5"/>
     <w:rsid w:val="2C80FAB2"/>
+    <w:rsid w:val="2EB923A5"/>
     <w:rsid w:val="2F087086"/>
     <w:rsid w:val="2FA425FC"/>
+    <w:rsid w:val="305B4926"/>
     <w:rsid w:val="33316CDC"/>
+    <w:rsid w:val="33BE6609"/>
     <w:rsid w:val="340D2A8D"/>
     <w:rsid w:val="345C8762"/>
     <w:rsid w:val="35CBA5E7"/>
     <w:rsid w:val="365DDCA1"/>
     <w:rsid w:val="36A7A6DE"/>
     <w:rsid w:val="3A05D7F6"/>
     <w:rsid w:val="3AA32C2C"/>
     <w:rsid w:val="3DED4B3A"/>
+    <w:rsid w:val="435FFDAC"/>
     <w:rsid w:val="43F7FBDC"/>
     <w:rsid w:val="44028395"/>
     <w:rsid w:val="44C83D07"/>
     <w:rsid w:val="45E3E5D4"/>
+    <w:rsid w:val="46000C9C"/>
     <w:rsid w:val="467444D7"/>
     <w:rsid w:val="47D3A5B5"/>
     <w:rsid w:val="47D84431"/>
     <w:rsid w:val="49179452"/>
     <w:rsid w:val="49B444E6"/>
     <w:rsid w:val="4A8636CC"/>
     <w:rsid w:val="4CA48313"/>
     <w:rsid w:val="4D94EA98"/>
     <w:rsid w:val="5004F7CD"/>
     <w:rsid w:val="50531AA3"/>
     <w:rsid w:val="528583A7"/>
     <w:rsid w:val="5344EDF5"/>
     <w:rsid w:val="552A5048"/>
+    <w:rsid w:val="5550C8DC"/>
     <w:rsid w:val="556670D8"/>
     <w:rsid w:val="55BF9090"/>
     <w:rsid w:val="56E9C0DC"/>
     <w:rsid w:val="5C177D5D"/>
+    <w:rsid w:val="5C36D834"/>
     <w:rsid w:val="5C90FDE4"/>
     <w:rsid w:val="5CEC4CDF"/>
+    <w:rsid w:val="5E1BADB8"/>
     <w:rsid w:val="5F4A9D98"/>
+    <w:rsid w:val="5F4AA004"/>
     <w:rsid w:val="6219E044"/>
     <w:rsid w:val="6450E4CB"/>
     <w:rsid w:val="65C1BCCE"/>
     <w:rsid w:val="65F0C35B"/>
+    <w:rsid w:val="6835AC54"/>
     <w:rsid w:val="6C061440"/>
     <w:rsid w:val="6F1997FF"/>
     <w:rsid w:val="6F2908AF"/>
     <w:rsid w:val="6FAFD942"/>
     <w:rsid w:val="72257706"/>
     <w:rsid w:val="724C672C"/>
     <w:rsid w:val="729A621A"/>
     <w:rsid w:val="72CD7BCA"/>
     <w:rsid w:val="748BC874"/>
     <w:rsid w:val="760923C0"/>
     <w:rsid w:val="761AE1B4"/>
     <w:rsid w:val="774AFD88"/>
     <w:rsid w:val="78DE48F9"/>
+    <w:rsid w:val="78EB32DD"/>
+    <w:rsid w:val="79684CFF"/>
     <w:rsid w:val="7A1F6127"/>
     <w:rsid w:val="7A2D1034"/>
     <w:rsid w:val="7A8ABCCE"/>
     <w:rsid w:val="7BD068A7"/>
     <w:rsid w:val="7C1C0089"/>
     <w:rsid w:val="7CEE88CA"/>
     <w:rsid w:val="7CF728A4"/>
     <w:rsid w:val="7E31E711"/>
     <w:rsid w:val="7E43F965"/>
     <w:rsid w:val="7F3A3A9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4D72EA4F"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{9247340F-D04A-4FC8-9F12-290FB8301891}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00833F2B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
@@ -3066,956 +3292,66 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005669F6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005669F6"/>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...888 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maastrichtuniversity.nl/events/um-education-days-2025-join-learn-and-get-inspired" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educationdays-edlab@maastrichtuniversity.nl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maastrichtuniversity.nl/events/um-education-days-2025-join-learn-and-get-inspired" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educationdays-edlab@maastrichtuniversity.nl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4275,80 +3611,82 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ea0b15cf-4282-4e17-acef-04d3e968fb65">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3e2032af-81e8-45f0-9982-a9824a62fe73" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EE41671804EE734D853ED2CE7C841114" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7da8506f02fd55c531cae3e54041cc3b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea0b15cf-4282-4e17-acef-04d3e968fb65" xmlns:ns3="3e2032af-81e8-45f0-9982-a9824a62fe73" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="734db4becb99fe86a6de609f97e34cbf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EE41671804EE734D853ED2CE7C841114" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4aa277cf595530db6189f5f1ae44349d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ea0b15cf-4282-4e17-acef-04d3e968fb65" xmlns:ns3="3e2032af-81e8-45f0-9982-a9824a62fe73" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b8fc4f61317b8972ce0e80a65176e47a" ns2:_="" ns3:_="">
     <xsd:import namespace="ea0b15cf-4282-4e17-acef-04d3e968fb65"/>
     <xsd:import namespace="3e2032af-81e8-45f0-9982-a9824a62fe73"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -4532,151 +3870,112 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88154C0B-17C8-4E4B-A09C-56EA022169CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{673B950D-9C11-4318-9700-580523DF5BF7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ea0b15cf-4282-4e17-acef-04d3e968fb65"/>
+    <ds:schemaRef ds:uri="3e2032af-81e8-45f0-9982-a9824a62fe73"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACCC42DE-26B3-4F1D-98DB-82FE5E83F78E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63D66A4B-F663-4966-BE6E-AA2F35EBF3FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ea0b15cf-4282-4e17-acef-04d3e968fb65"/>
     <ds:schemaRef ds:uri="3e2032af-81e8-45f0-9982-a9824a62fe73"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{673B950D-9C11-4318-9700-580523DF5BF7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88154C0B-17C8-4E4B-A09C-56EA022169CE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="3e2032af-81e8-45f0-9982-a9824a62fe73"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2646</Characters>
+  <Pages>3</Pages>
+  <Words>492</Words>
+  <Characters>2711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Maastricht University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3104</CharactersWithSpaces>
+  <CharactersWithSpaces>3197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wijngaard, Oscar van den (EDLAB)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100EE41671804EE734D853ED2CE7C841114</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">